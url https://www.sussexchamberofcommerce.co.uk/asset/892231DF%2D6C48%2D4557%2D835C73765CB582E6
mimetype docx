--- v0 (2026-01-06)
+++ v1 (2026-03-13)
@@ -170,137 +170,105 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C9FD608" w14:textId="54B6BBBB" w:rsidR="00AA44F4" w:rsidRPr="00CA2418" w:rsidRDefault="00CD762F" w:rsidP="62C73F2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA2418">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Export Business </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E518A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA2418">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E518A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E518A3">
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2418">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00E518A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA2418">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1515,108 +1483,104 @@
               </w:rPr>
               <w:t>Have</w:t>
             </w:r>
             <w:r w:rsidR="68D5F596" w:rsidRPr="68D5F596">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> you been supported by a British Business Bank programme? (i.e. Start Up Loan, Coronavirus Business Interruption Loan Scheme (CBILS), Bounce Back Loan Scheme (BBLS), Recovery Loan Scheme (RLS))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5691" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="495DDA5C" w14:textId="2EB8A901" w:rsidR="00EE74E9" w:rsidRPr="00D70D32" w:rsidRDefault="006D4BB3" w:rsidP="68D5F596">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="68D5F596">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="00EE74E9" w:rsidRPr="68D5F596">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="68D5F596">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DE0C75" w:rsidRPr="68D5F596">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="1CDA9194" w14:textId="63D648ED" w:rsidR="00DE0C75" w:rsidRPr="00D70D32" w:rsidRDefault="006D4BB3" w:rsidP="68D5F596">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="68D5F596">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="68D5F596">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00DE0C75" w:rsidRPr="68D5F596">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="600C1984" w14:textId="0CDA3D6A" w:rsidR="00275C16" w:rsidRPr="002077A6" w:rsidRDefault="00275C16" w:rsidP="00AA2EF8">
       <w:pPr>
         <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="144139CA" w14:textId="1A6BE4D6" w:rsidR="00B57854" w:rsidRPr="00F242C7" w:rsidRDefault="00B57854" w:rsidP="64511238">
       <w:pPr>
         <w:spacing w:beforeLines="40" w:before="96" w:afterLines="40" w:after="96" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
@@ -2142,67 +2106,51 @@
     </w:p>
     <w:p w14:paraId="5F8803D7" w14:textId="77777777" w:rsidR="00A272D1" w:rsidRPr="00F242C7" w:rsidRDefault="00A272D1" w:rsidP="00A272D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43F4539B" w14:textId="4634DFEA" w:rsidR="00B432C3" w:rsidRDefault="00B432C3" w:rsidP="00B432C3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5AB82738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">In making this nomination you </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> that </w:t>
+        <w:t xml:space="preserve">In making this nomination you are confirming that </w:t>
       </w:r>
       <w:r w:rsidR="002E16B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="5AB82738">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> business is financially viable, has a good customer service record with a strong reputation</w:t>
       </w:r>
       <w:r w:rsidR="002E16B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69CBB03C" w14:textId="77777777" w:rsidR="002E16B0" w:rsidRDefault="002E16B0" w:rsidP="00B432C3">
       <w:pPr>
@@ -2512,121 +2460,103 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D43EFA9" w14:textId="0610DA21" w:rsidR="00CB12AD" w:rsidRDefault="00B57854" w:rsidP="53872529">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="62C73F2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Name:  …………………</w:t>
       </w:r>
       <w:r w:rsidR="00CB12AD" w:rsidRPr="62C73F2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>…………………………</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>……………………………..</w:t>
+      </w:r>
       <w:r w:rsidRPr="62C73F2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…………………………………….……</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A653653" w14:textId="77777777" w:rsidR="00CB12AD" w:rsidRDefault="00CB12AD" w:rsidP="53872529">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="757F86DF" w14:textId="77777777" w:rsidR="00CB12AD" w:rsidRDefault="00CB12AD" w:rsidP="53872529">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BBB85BA" w14:textId="6C8E9117" w:rsidR="00B75C6E" w:rsidRPr="00F242C7" w:rsidRDefault="00B57854" w:rsidP="53872529">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="62C73F2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Job Title:  ……………………</w:t>
       </w:r>
       <w:r w:rsidR="00CB12AD" w:rsidRPr="62C73F2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>……………………………………</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>………………………………………..</w:t>
+      </w:r>
       <w:r w:rsidRPr="62C73F2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5565BD82" w14:textId="77777777" w:rsidR="00B57854" w:rsidRPr="00F242C7" w:rsidRDefault="00B57854" w:rsidP="53872529">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="427E46EF" w14:textId="77777777" w:rsidR="004E69A7" w:rsidRDefault="004E69A7" w:rsidP="00064437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -3509,70 +3439,86 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E80D25" w14:textId="4B7D0FED" w:rsidR="006941D3" w:rsidRPr="006941D3" w:rsidRDefault="006941D3" w:rsidP="00064437">
+    <w:p w14:paraId="36E80D25" w14:textId="6FCFD4E5" w:rsidR="006941D3" w:rsidRPr="006941D3" w:rsidRDefault="006941D3" w:rsidP="00064437">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:beforeLines="40" w:before="96" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006941D3">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>The panel’s decision is final, and no further correspondence will be entered into</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6D70" w:rsidRPr="00BC6D70">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Awards Committee’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006941D3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decision is final, and no further correspondence will be entered into</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3E4450" w14:textId="610B34DE" w:rsidR="00B96198" w:rsidRPr="00A54C7B" w:rsidRDefault="00064437" w:rsidP="00BA54C8">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:beforeLines="40" w:before="96" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -3602,157 +3548,166 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chamber Business Awards 202</w:t>
       </w:r>
       <w:r w:rsidR="00E518A3">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> you agree to these terms and conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397BC5E8" w14:textId="01C41D77" w:rsidR="00A54C7B" w:rsidRPr="00A54C7B" w:rsidRDefault="00A54C7B" w:rsidP="00BA54C8">
+    <w:p w14:paraId="397BC5E8" w14:textId="62B0FBAA" w:rsidR="00A54C7B" w:rsidRPr="00A54C7B" w:rsidRDefault="00BC6D70" w:rsidP="00BA54C8">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:beforeLines="40" w:before="96" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A54C7B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Sponsors will reach out to all nominees between 1 April 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E518A3">
+        <w:t xml:space="preserve">The Awards Committee </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54C7B" w:rsidRPr="00A54C7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A54C7B">
+        <w:t>will reach out to all nominees between 1 April 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E518A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and 23 May 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E518A3">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54C7B" w:rsidRPr="00A54C7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A54C7B">
+        <w:t xml:space="preserve"> and 23 May 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E518A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54C7B" w:rsidRPr="00A54C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to set up a meeting which is mutually convenient to discuss their nomination in more detail</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A54C7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A54C7B" w:rsidRPr="00A54C7B">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="617FF2FE" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265" w:rsidP="00B414A4">
+    <w:p w14:paraId="60954D8F" w14:textId="77777777" w:rsidR="00ED2EDF" w:rsidRDefault="00ED2EDF" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E3439A6" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265" w:rsidP="00B414A4">
+    <w:p w14:paraId="1320CA2E" w14:textId="77777777" w:rsidR="00ED2EDF" w:rsidRDefault="00ED2EDF" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5731D868" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265">
+    <w:p w14:paraId="4DBC05E8" w14:textId="77777777" w:rsidR="00ED2EDF" w:rsidRDefault="00ED2EDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3801,71 +3756,71 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0870F41A" w14:textId="127C3320" w:rsidR="00617E6C" w:rsidRPr="00617E6C" w:rsidRDefault="00617E6C" w:rsidP="00617E6C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="021B6843" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265" w:rsidP="00B414A4">
+    <w:p w14:paraId="6D8B6888" w14:textId="77777777" w:rsidR="00ED2EDF" w:rsidRDefault="00ED2EDF" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EF74705" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265" w:rsidP="00B414A4">
+    <w:p w14:paraId="6E85B2D5" w14:textId="77777777" w:rsidR="00ED2EDF" w:rsidRDefault="00ED2EDF" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E247E44" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265">
+    <w:p w14:paraId="6E65EAB3" w14:textId="77777777" w:rsidR="00ED2EDF" w:rsidRDefault="00ED2EDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="276DE8D3" w14:textId="6A985A43" w:rsidR="00B414A4" w:rsidRPr="00F8689A" w:rsidRDefault="000C3600">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="382D84CC" wp14:editId="4B47FE9B">
           <wp:extent cx="1152939" cy="983447"/>
@@ -7867,51 +7822,51 @@
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="185103800">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -7921,50 +7876,51 @@
     <w:rsid w:val="00023728"/>
     <w:rsid w:val="00033C75"/>
     <w:rsid w:val="000469BF"/>
     <w:rsid w:val="00064437"/>
     <w:rsid w:val="00071FF9"/>
     <w:rsid w:val="0007424D"/>
     <w:rsid w:val="0007476E"/>
     <w:rsid w:val="0007790E"/>
     <w:rsid w:val="000902F2"/>
     <w:rsid w:val="00090960"/>
     <w:rsid w:val="00090A3B"/>
     <w:rsid w:val="000A5FA3"/>
     <w:rsid w:val="000B38A4"/>
     <w:rsid w:val="000C3600"/>
     <w:rsid w:val="000D375A"/>
     <w:rsid w:val="000D5893"/>
     <w:rsid w:val="000D64D1"/>
     <w:rsid w:val="000F687F"/>
     <w:rsid w:val="0010301A"/>
     <w:rsid w:val="0010567A"/>
     <w:rsid w:val="001111F5"/>
     <w:rsid w:val="00112E94"/>
     <w:rsid w:val="001251DA"/>
     <w:rsid w:val="00131609"/>
     <w:rsid w:val="00141A84"/>
+    <w:rsid w:val="0016070D"/>
     <w:rsid w:val="001716C7"/>
     <w:rsid w:val="0019420B"/>
     <w:rsid w:val="0019435A"/>
     <w:rsid w:val="001947C1"/>
     <w:rsid w:val="001951D8"/>
     <w:rsid w:val="00196FB9"/>
     <w:rsid w:val="001A0029"/>
     <w:rsid w:val="001A1AFF"/>
     <w:rsid w:val="001A27AE"/>
     <w:rsid w:val="001A7B4C"/>
     <w:rsid w:val="001B2646"/>
     <w:rsid w:val="001B2853"/>
     <w:rsid w:val="001C5997"/>
     <w:rsid w:val="001D0964"/>
     <w:rsid w:val="001D5555"/>
     <w:rsid w:val="001F122E"/>
     <w:rsid w:val="002077A6"/>
     <w:rsid w:val="002130AC"/>
     <w:rsid w:val="00216DEF"/>
     <w:rsid w:val="0021B70B"/>
     <w:rsid w:val="00233036"/>
     <w:rsid w:val="00275C16"/>
     <w:rsid w:val="00282AA7"/>
     <w:rsid w:val="00287789"/>
     <w:rsid w:val="00291F63"/>
@@ -8111,50 +8067,51 @@
     <w:rsid w:val="00AD16D1"/>
     <w:rsid w:val="00AD1739"/>
     <w:rsid w:val="00AE0028"/>
     <w:rsid w:val="00B02E7C"/>
     <w:rsid w:val="00B04334"/>
     <w:rsid w:val="00B053DE"/>
     <w:rsid w:val="00B1258C"/>
     <w:rsid w:val="00B17062"/>
     <w:rsid w:val="00B226C2"/>
     <w:rsid w:val="00B24C7E"/>
     <w:rsid w:val="00B35A29"/>
     <w:rsid w:val="00B40326"/>
     <w:rsid w:val="00B414A4"/>
     <w:rsid w:val="00B432C3"/>
     <w:rsid w:val="00B43B32"/>
     <w:rsid w:val="00B57854"/>
     <w:rsid w:val="00B75C6E"/>
     <w:rsid w:val="00B87669"/>
     <w:rsid w:val="00B96198"/>
     <w:rsid w:val="00BA2A0E"/>
     <w:rsid w:val="00BA54C8"/>
     <w:rsid w:val="00BA69B8"/>
     <w:rsid w:val="00BA6FD4"/>
     <w:rsid w:val="00BC099D"/>
     <w:rsid w:val="00BC59A5"/>
+    <w:rsid w:val="00BC6D70"/>
     <w:rsid w:val="00BD6115"/>
     <w:rsid w:val="00BE0A5F"/>
     <w:rsid w:val="00BE2084"/>
     <w:rsid w:val="00BF119D"/>
     <w:rsid w:val="00BF4241"/>
     <w:rsid w:val="00BF486C"/>
     <w:rsid w:val="00BF688A"/>
     <w:rsid w:val="00C24336"/>
     <w:rsid w:val="00C27201"/>
     <w:rsid w:val="00C32503"/>
     <w:rsid w:val="00C83C10"/>
     <w:rsid w:val="00C900FE"/>
     <w:rsid w:val="00C95B4B"/>
     <w:rsid w:val="00CA0CDA"/>
     <w:rsid w:val="00CA2418"/>
     <w:rsid w:val="00CB12AD"/>
     <w:rsid w:val="00CB2132"/>
     <w:rsid w:val="00CC5E8F"/>
     <w:rsid w:val="00CC6F4E"/>
     <w:rsid w:val="00CC778C"/>
     <w:rsid w:val="00CD52BC"/>
     <w:rsid w:val="00CD762F"/>
     <w:rsid w:val="00CE4593"/>
     <w:rsid w:val="00CE4869"/>
     <w:rsid w:val="00CE5F5D"/>
@@ -8168,50 +8125,51 @@
     <w:rsid w:val="00D45CD2"/>
     <w:rsid w:val="00D60529"/>
     <w:rsid w:val="00D70D32"/>
     <w:rsid w:val="00D82F94"/>
     <w:rsid w:val="00D8522B"/>
     <w:rsid w:val="00DA4085"/>
     <w:rsid w:val="00DB0833"/>
     <w:rsid w:val="00DB1E26"/>
     <w:rsid w:val="00DE0C75"/>
     <w:rsid w:val="00DE556D"/>
     <w:rsid w:val="00DE7446"/>
     <w:rsid w:val="00DF552B"/>
     <w:rsid w:val="00E06EEB"/>
     <w:rsid w:val="00E23161"/>
     <w:rsid w:val="00E26BB7"/>
     <w:rsid w:val="00E306F7"/>
     <w:rsid w:val="00E518A3"/>
     <w:rsid w:val="00E54206"/>
     <w:rsid w:val="00E57B4E"/>
     <w:rsid w:val="00E9026F"/>
     <w:rsid w:val="00E918BF"/>
     <w:rsid w:val="00E95F1B"/>
     <w:rsid w:val="00EA4AC2"/>
     <w:rsid w:val="00EB79D4"/>
     <w:rsid w:val="00ED15A0"/>
+    <w:rsid w:val="00ED2EDF"/>
     <w:rsid w:val="00EE74E9"/>
     <w:rsid w:val="00F02880"/>
     <w:rsid w:val="00F05010"/>
     <w:rsid w:val="00F242C7"/>
     <w:rsid w:val="00F36265"/>
     <w:rsid w:val="00F427FD"/>
     <w:rsid w:val="00F532D4"/>
     <w:rsid w:val="00F540C1"/>
     <w:rsid w:val="00F576A5"/>
     <w:rsid w:val="00F62B70"/>
     <w:rsid w:val="00F85E17"/>
     <w:rsid w:val="00F8689A"/>
     <w:rsid w:val="00FB7C22"/>
     <w:rsid w:val="00FC2244"/>
     <w:rsid w:val="00FD1726"/>
     <w:rsid w:val="00FF21C3"/>
     <w:rsid w:val="00FF751A"/>
     <w:rsid w:val="01739368"/>
     <w:rsid w:val="0251CCE2"/>
     <w:rsid w:val="027C0234"/>
     <w:rsid w:val="036BE69F"/>
     <w:rsid w:val="03B4F8F8"/>
     <w:rsid w:val="0492C384"/>
     <w:rsid w:val="04D87996"/>
     <w:rsid w:val="05871989"/>
@@ -10103,50 +10061,73 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="67c75b9b-8fbd-4317-8093-322cbc3b022c">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C1EE7C064A6EFC40B30A4524AA4227E2" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b7d8c66b60b0e9f94d8d5c1c3f2a961d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="94f5a530-501a-4181-bcbc-55e703a8aadd" xmlns:ns3="67c75b9b-8fbd-4317-8093-322cbc3b022c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4be151cc4b84cb49dd143f867f9b2e5d" ns2:_="" ns3:_="">
     <xsd:import namespace="94f5a530-501a-4181-bcbc-55e703a8aadd"/>
     <xsd:import namespace="67c75b9b-8fbd-4317-8093-322cbc3b022c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -10325,140 +10306,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C58DAAE4-05E9-4F0A-AE1D-655F11B9AED4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03280802-3636-40B6-88B5-2C65FB600931}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="67c75b9b-8fbd-4317-8093-322cbc3b022c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CAC26EA-125B-440D-A600-BAA6DE789116}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="94f5a530-501a-4181-bcbc-55e703a8aadd"/>
     <ds:schemaRef ds:uri="67c75b9b-8fbd-4317-8093-322cbc3b022c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Template - Summary notes and actions</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>614</Words>
-  <Characters>3411</Characters>
+  <Words>618</Words>
+  <Characters>3430</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>155</Lines>
-  <Paragraphs>65</Paragraphs>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3960</CharactersWithSpaces>
+  <CharactersWithSpaces>3982</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C1EE7C064A6EFC40B30A4524AA4227E2</vt:lpwstr>
   </property>