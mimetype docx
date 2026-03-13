--- v0 (2025-12-16)
+++ v1 (2026-03-13)
@@ -3436,74 +3436,98 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E80D25" w14:textId="4B7D0FED" w:rsidR="006941D3" w:rsidRPr="006941D3" w:rsidRDefault="006941D3" w:rsidP="00064437">
+    <w:p w14:paraId="36E80D25" w14:textId="7D8A3BD9" w:rsidR="006941D3" w:rsidRPr="00822332" w:rsidRDefault="006941D3" w:rsidP="00064437">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:beforeLines="40" w:before="96" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006941D3">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822332">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00822332" w:rsidRPr="00822332">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Awards Committee’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822332">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decision is final, and no further correspondence will be entered into</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822332">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C5B33F3" w14:textId="39AAFCE0" w:rsidR="00064437" w:rsidRPr="000F1750" w:rsidRDefault="00064437" w:rsidP="00064437">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:beforeLines="40" w:before="96" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3539,158 +3563,167 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> you agree to these terms and conditions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41529C5B" w14:textId="6DC15FAC" w:rsidR="000F1750" w:rsidRPr="00CD40E0" w:rsidRDefault="00CD40E0" w:rsidP="00064437">
+    <w:p w14:paraId="41529C5B" w14:textId="1DA1CC6F" w:rsidR="000F1750" w:rsidRPr="00CD40E0" w:rsidRDefault="00822332" w:rsidP="00064437">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:beforeLines="40" w:before="96" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD40E0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Sponsors will reach out to all nominees between 1 April 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A012AE">
+        <w:t xml:space="preserve">The Awards Committee </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD40E0" w:rsidRPr="00CD40E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD40E0">
+        <w:t>will reach out to all nominees between 1 April 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A012AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and 23 May 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A012AE">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD40E0" w:rsidRPr="00CD40E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and 23 May 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A012AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD40E0">
+      <w:r w:rsidR="00CD40E0" w:rsidRPr="00CD40E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to set up a meeting which is mutually convenient to discuss their nomination in more detail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3E4450" w14:textId="77777777" w:rsidR="00B96198" w:rsidRPr="00F242C7" w:rsidRDefault="00B96198" w:rsidP="007227C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B96198" w:rsidRPr="00F242C7">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34429173" w14:textId="77777777" w:rsidR="00E95012" w:rsidRDefault="00E95012" w:rsidP="00B414A4">
+    <w:p w14:paraId="70A0CF32" w14:textId="77777777" w:rsidR="0018671C" w:rsidRDefault="0018671C" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48BD565B" w14:textId="77777777" w:rsidR="00E95012" w:rsidRDefault="00E95012" w:rsidP="00B414A4">
+    <w:p w14:paraId="13030429" w14:textId="77777777" w:rsidR="0018671C" w:rsidRDefault="0018671C" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6FD5ECD0" w14:textId="77777777" w:rsidR="00E95012" w:rsidRDefault="00E95012">
+    <w:p w14:paraId="5F729466" w14:textId="77777777" w:rsidR="0018671C" w:rsidRDefault="0018671C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3739,71 +3772,71 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0870F41A" w14:textId="127C3320" w:rsidR="00617E6C" w:rsidRPr="00617E6C" w:rsidRDefault="00617E6C" w:rsidP="00617E6C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16CF5003" w14:textId="77777777" w:rsidR="00E95012" w:rsidRDefault="00E95012" w:rsidP="00B414A4">
+    <w:p w14:paraId="76661F9E" w14:textId="77777777" w:rsidR="0018671C" w:rsidRDefault="0018671C" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D73BB89" w14:textId="77777777" w:rsidR="00E95012" w:rsidRDefault="00E95012" w:rsidP="00B414A4">
+    <w:p w14:paraId="620B7A29" w14:textId="77777777" w:rsidR="0018671C" w:rsidRDefault="0018671C" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6B6CFDD5" w14:textId="77777777" w:rsidR="00E95012" w:rsidRDefault="00E95012">
+    <w:p w14:paraId="3F814F52" w14:textId="77777777" w:rsidR="0018671C" w:rsidRDefault="0018671C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="276DE8D3" w14:textId="2B755569" w:rsidR="00B414A4" w:rsidRPr="00F8689A" w:rsidRDefault="000C3600">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="382D84CC" wp14:editId="4B47FE9B">
           <wp:extent cx="1152939" cy="983447"/>
@@ -7860,52 +7893,54 @@
     <w:rsid w:val="000469BF"/>
     <w:rsid w:val="000543B3"/>
     <w:rsid w:val="00064437"/>
     <w:rsid w:val="00071FF9"/>
     <w:rsid w:val="0007424D"/>
     <w:rsid w:val="0007476E"/>
     <w:rsid w:val="0007790E"/>
     <w:rsid w:val="000902F2"/>
     <w:rsid w:val="00090960"/>
     <w:rsid w:val="00090A3B"/>
     <w:rsid w:val="000A5FA3"/>
     <w:rsid w:val="000B38A4"/>
     <w:rsid w:val="000C3600"/>
     <w:rsid w:val="000D375A"/>
     <w:rsid w:val="000D5893"/>
     <w:rsid w:val="000D64D1"/>
     <w:rsid w:val="000F1750"/>
     <w:rsid w:val="000F687F"/>
     <w:rsid w:val="0010567A"/>
     <w:rsid w:val="001111F5"/>
     <w:rsid w:val="00112E94"/>
     <w:rsid w:val="001251DA"/>
     <w:rsid w:val="00131609"/>
     <w:rsid w:val="00141A84"/>
     <w:rsid w:val="00157452"/>
+    <w:rsid w:val="0016070D"/>
     <w:rsid w:val="00170ED2"/>
     <w:rsid w:val="001716C7"/>
+    <w:rsid w:val="0018671C"/>
     <w:rsid w:val="0019420B"/>
     <w:rsid w:val="0019435A"/>
     <w:rsid w:val="001947C1"/>
     <w:rsid w:val="001951D8"/>
     <w:rsid w:val="00196FB9"/>
     <w:rsid w:val="001A0029"/>
     <w:rsid w:val="001A1AFF"/>
     <w:rsid w:val="001A27AE"/>
     <w:rsid w:val="001A7B4C"/>
     <w:rsid w:val="001B2646"/>
     <w:rsid w:val="001B2853"/>
     <w:rsid w:val="001D0964"/>
     <w:rsid w:val="001D5555"/>
     <w:rsid w:val="001F122E"/>
     <w:rsid w:val="002077A6"/>
     <w:rsid w:val="002130AC"/>
     <w:rsid w:val="00216DEF"/>
     <w:rsid w:val="0021B70B"/>
     <w:rsid w:val="00233036"/>
     <w:rsid w:val="00275C16"/>
     <w:rsid w:val="00282AA7"/>
     <w:rsid w:val="00287789"/>
     <w:rsid w:val="002B076F"/>
     <w:rsid w:val="002B1C2C"/>
     <w:rsid w:val="002B7719"/>
@@ -7974,50 +8009,51 @@
     <w:rsid w:val="00652D23"/>
     <w:rsid w:val="00653F46"/>
     <w:rsid w:val="006571B4"/>
     <w:rsid w:val="006628BE"/>
     <w:rsid w:val="00663CAB"/>
     <w:rsid w:val="00664193"/>
     <w:rsid w:val="006941D3"/>
     <w:rsid w:val="006C0063"/>
     <w:rsid w:val="006C69BB"/>
     <w:rsid w:val="006D4BB3"/>
     <w:rsid w:val="006E4FB2"/>
     <w:rsid w:val="006F19F2"/>
     <w:rsid w:val="007071A7"/>
     <w:rsid w:val="007227C7"/>
     <w:rsid w:val="0073752C"/>
     <w:rsid w:val="0074002F"/>
     <w:rsid w:val="007534A6"/>
     <w:rsid w:val="00781757"/>
     <w:rsid w:val="007909A5"/>
     <w:rsid w:val="00796DAA"/>
     <w:rsid w:val="007C225D"/>
     <w:rsid w:val="007C3127"/>
     <w:rsid w:val="007E76A0"/>
     <w:rsid w:val="008035F7"/>
     <w:rsid w:val="008220B6"/>
+    <w:rsid w:val="00822332"/>
     <w:rsid w:val="0084584D"/>
     <w:rsid w:val="00851B08"/>
     <w:rsid w:val="0085538C"/>
     <w:rsid w:val="00867B67"/>
     <w:rsid w:val="00874AB3"/>
     <w:rsid w:val="00880E63"/>
     <w:rsid w:val="00884431"/>
     <w:rsid w:val="00885472"/>
     <w:rsid w:val="008906F3"/>
     <w:rsid w:val="00897144"/>
     <w:rsid w:val="008B1480"/>
     <w:rsid w:val="008B2FEF"/>
     <w:rsid w:val="008B699A"/>
     <w:rsid w:val="008C18A9"/>
     <w:rsid w:val="008C2A91"/>
     <w:rsid w:val="008D15B6"/>
     <w:rsid w:val="008D30FE"/>
     <w:rsid w:val="008D4879"/>
     <w:rsid w:val="008D6A4F"/>
     <w:rsid w:val="00931A59"/>
     <w:rsid w:val="00933991"/>
     <w:rsid w:val="00941815"/>
     <w:rsid w:val="0095055B"/>
     <w:rsid w:val="00963323"/>
     <w:rsid w:val="0097281B"/>
@@ -10010,61 +10046,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C1EE7C064A6EFC40B30A4524AA4227E2" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b7d8c66b60b0e9f94d8d5c1c3f2a961d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="94f5a530-501a-4181-bcbc-55e703a8aadd" xmlns:ns3="67c75b9b-8fbd-4317-8093-322cbc3b022c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4be151cc4b84cb49dd143f867f9b2e5d" ns2:_="" ns3:_="">
     <xsd:import namespace="94f5a530-501a-4181-bcbc-55e703a8aadd"/>
     <xsd:import namespace="67c75b9b-8fbd-4317-8093-322cbc3b022c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -10247,125 +10278,130 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="67c75b9b-8fbd-4317-8093-322cbc3b022c">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03280802-3636-40B6-88B5-2C65FB600931}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C58DAAE4-05E9-4F0A-AE1D-655F11B9AED4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="67c75b9b-8fbd-4317-8093-322cbc3b022c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CAC26EA-125B-440D-A600-BAA6DE789116}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="94f5a530-501a-4181-bcbc-55e703a8aadd"/>
     <ds:schemaRef ds:uri="67c75b9b-8fbd-4317-8093-322cbc3b022c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C58DAAE4-05E9-4F0A-AE1D-655F11B9AED4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03280802-3636-40B6-88B5-2C65FB600931}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="67c75b9b-8fbd-4317-8093-322cbc3b022c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Template - Summary notes and actions</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>599</Words>
-  <Characters>3314</Characters>
+  <Words>603</Words>
+  <Characters>3333</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>157</Lines>
+  <Lines>158</Lines>
   <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3848</CharactersWithSpaces>
+  <CharactersWithSpaces>3871</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C1EE7C064A6EFC40B30A4524AA4227E2</vt:lpwstr>
   </property>