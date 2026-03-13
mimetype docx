--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -3580,74 +3580,107 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E80D25" w14:textId="4B7D0FED" w:rsidR="006941D3" w:rsidRPr="006941D3" w:rsidRDefault="006941D3" w:rsidP="00064437">
+    <w:p w14:paraId="36E80D25" w14:textId="1F305581" w:rsidR="006941D3" w:rsidRPr="00BE2FC8" w:rsidRDefault="006941D3" w:rsidP="00064437">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:beforeLines="40" w:before="96" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006941D3">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE2FC8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2FC8" w:rsidRPr="00BE2FC8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Awards Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5582">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2FC8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decision is final, and no further correspondence will be entered into</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2FC8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C5B33F3" w14:textId="29B0765F" w:rsidR="00064437" w:rsidRPr="009655FA" w:rsidRDefault="00064437" w:rsidP="00064437">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:beforeLines="40" w:before="96" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3683,158 +3716,167 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> you agree to these terms and conditions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C86BD02" w14:textId="3ED76768" w:rsidR="009655FA" w:rsidRPr="009655FA" w:rsidRDefault="009655FA" w:rsidP="00064437">
+    <w:p w14:paraId="5C86BD02" w14:textId="5C42D3B9" w:rsidR="009655FA" w:rsidRPr="009655FA" w:rsidRDefault="00BE2FC8" w:rsidP="00064437">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:beforeLines="40" w:before="96" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009655FA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Sponsors will reach out to all nominees between 1 April 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D67226">
+        <w:t xml:space="preserve">The Awards Committee </w:t>
+      </w:r>
+      <w:r w:rsidR="009655FA" w:rsidRPr="009655FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009655FA">
+        <w:t>will reach out to all nominees between 1 April 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67226">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and 23 May 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D67226">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009655FA" w:rsidRPr="009655FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and 23 May 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67226">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="009655FA">
+      <w:r w:rsidR="009655FA" w:rsidRPr="009655FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to set up a meeting which is mutually convenient to discuss their nomination in more detail</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3E4450" w14:textId="77777777" w:rsidR="00B96198" w:rsidRPr="00F242C7" w:rsidRDefault="00B96198" w:rsidP="007227C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B96198" w:rsidRPr="00F242C7">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="617FF2FE" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265" w:rsidP="00B414A4">
+    <w:p w14:paraId="27E1719D" w14:textId="77777777" w:rsidR="001E7710" w:rsidRDefault="001E7710" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E3439A6" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265" w:rsidP="00B414A4">
+    <w:p w14:paraId="6B4DD07A" w14:textId="77777777" w:rsidR="001E7710" w:rsidRDefault="001E7710" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5731D868" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265">
+    <w:p w14:paraId="7C9CE102" w14:textId="77777777" w:rsidR="001E7710" w:rsidRDefault="001E7710">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3883,71 +3925,71 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0870F41A" w14:textId="127C3320" w:rsidR="00617E6C" w:rsidRPr="00617E6C" w:rsidRDefault="00617E6C" w:rsidP="00617E6C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="021B6843" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265" w:rsidP="00B414A4">
+    <w:p w14:paraId="76A333D7" w14:textId="77777777" w:rsidR="001E7710" w:rsidRDefault="001E7710" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EF74705" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265" w:rsidP="00B414A4">
+    <w:p w14:paraId="5E5B6591" w14:textId="77777777" w:rsidR="001E7710" w:rsidRDefault="001E7710" w:rsidP="00B414A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E247E44" w14:textId="77777777" w:rsidR="00F36265" w:rsidRDefault="00F36265">
+    <w:p w14:paraId="07FDB0F3" w14:textId="77777777" w:rsidR="001E7710" w:rsidRDefault="001E7710">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="276DE8D3" w14:textId="2F48F19C" w:rsidR="00B414A4" w:rsidRPr="00F8689A" w:rsidRDefault="000C3600">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="382D84CC" wp14:editId="4B47FE9B">
           <wp:extent cx="1152939" cy="983447"/>
@@ -7879,73 +7921,76 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00352E50"/>
     <w:rsid w:val="00010FDF"/>
     <w:rsid w:val="000122DA"/>
     <w:rsid w:val="00033C75"/>
     <w:rsid w:val="000469BF"/>
     <w:rsid w:val="00052A4C"/>
     <w:rsid w:val="0006239A"/>
     <w:rsid w:val="00064437"/>
     <w:rsid w:val="00071FF9"/>
     <w:rsid w:val="0007424D"/>
     <w:rsid w:val="0007476E"/>
     <w:rsid w:val="0007790E"/>
     <w:rsid w:val="000902F2"/>
     <w:rsid w:val="00090960"/>
     <w:rsid w:val="00090A3B"/>
     <w:rsid w:val="000A5FA3"/>
     <w:rsid w:val="000B38A4"/>
     <w:rsid w:val="000C3600"/>
     <w:rsid w:val="000D375A"/>
     <w:rsid w:val="000D5893"/>
     <w:rsid w:val="000D64D1"/>
+    <w:rsid w:val="000F5582"/>
     <w:rsid w:val="000F687F"/>
     <w:rsid w:val="0010567A"/>
     <w:rsid w:val="001111F5"/>
     <w:rsid w:val="00112E94"/>
     <w:rsid w:val="001251DA"/>
     <w:rsid w:val="00131609"/>
     <w:rsid w:val="00141A84"/>
+    <w:rsid w:val="0016070D"/>
     <w:rsid w:val="001716C7"/>
     <w:rsid w:val="0019420B"/>
     <w:rsid w:val="0019435A"/>
     <w:rsid w:val="001947C1"/>
     <w:rsid w:val="001951D8"/>
     <w:rsid w:val="00196FB9"/>
     <w:rsid w:val="001A0029"/>
     <w:rsid w:val="001A1AFF"/>
     <w:rsid w:val="001A27AE"/>
     <w:rsid w:val="001A7B4C"/>
     <w:rsid w:val="001B2646"/>
     <w:rsid w:val="001B2853"/>
     <w:rsid w:val="001B3A63"/>
     <w:rsid w:val="001D0964"/>
     <w:rsid w:val="001D5555"/>
     <w:rsid w:val="001E716A"/>
+    <w:rsid w:val="001E7710"/>
     <w:rsid w:val="001F122E"/>
     <w:rsid w:val="002077A6"/>
     <w:rsid w:val="002130AC"/>
     <w:rsid w:val="00216DEF"/>
     <w:rsid w:val="0021B70B"/>
     <w:rsid w:val="00226E7F"/>
     <w:rsid w:val="00233036"/>
     <w:rsid w:val="00274EC4"/>
     <w:rsid w:val="00275C16"/>
     <w:rsid w:val="00282AA7"/>
     <w:rsid w:val="00287789"/>
     <w:rsid w:val="002B076F"/>
     <w:rsid w:val="002B1C2C"/>
     <w:rsid w:val="002B7719"/>
     <w:rsid w:val="002B77EB"/>
     <w:rsid w:val="002C3845"/>
     <w:rsid w:val="002C4F06"/>
     <w:rsid w:val="002D2CFC"/>
     <w:rsid w:val="002E16B0"/>
     <w:rsid w:val="002F1DD8"/>
     <w:rsid w:val="003029D1"/>
     <w:rsid w:val="00304045"/>
     <w:rsid w:val="003061F4"/>
     <w:rsid w:val="0030639F"/>
     <w:rsid w:val="00326959"/>
@@ -8050,84 +8095,86 @@
     <w:rsid w:val="008D4879"/>
     <w:rsid w:val="008D6A4F"/>
     <w:rsid w:val="008E1DB8"/>
     <w:rsid w:val="0091084F"/>
     <w:rsid w:val="00931A59"/>
     <w:rsid w:val="00941815"/>
     <w:rsid w:val="0095055B"/>
     <w:rsid w:val="00963323"/>
     <w:rsid w:val="009655FA"/>
     <w:rsid w:val="0097281B"/>
     <w:rsid w:val="00980B60"/>
     <w:rsid w:val="00984681"/>
     <w:rsid w:val="0099117B"/>
     <w:rsid w:val="00994020"/>
     <w:rsid w:val="009A708C"/>
     <w:rsid w:val="009B20F2"/>
     <w:rsid w:val="009B295E"/>
     <w:rsid w:val="009B37DA"/>
     <w:rsid w:val="009B3BB0"/>
     <w:rsid w:val="009D0160"/>
     <w:rsid w:val="00A02C89"/>
     <w:rsid w:val="00A11DA2"/>
     <w:rsid w:val="00A16689"/>
     <w:rsid w:val="00A17484"/>
     <w:rsid w:val="00A21CE6"/>
+    <w:rsid w:val="00A2707E"/>
     <w:rsid w:val="00A272D1"/>
     <w:rsid w:val="00A308CA"/>
     <w:rsid w:val="00A3654C"/>
     <w:rsid w:val="00A64CBE"/>
     <w:rsid w:val="00A672CA"/>
     <w:rsid w:val="00A86856"/>
     <w:rsid w:val="00A86C4A"/>
     <w:rsid w:val="00AA2EF8"/>
     <w:rsid w:val="00AA53C7"/>
     <w:rsid w:val="00AD16D1"/>
     <w:rsid w:val="00AD1739"/>
     <w:rsid w:val="00AE0028"/>
     <w:rsid w:val="00B02E7C"/>
     <w:rsid w:val="00B053DE"/>
     <w:rsid w:val="00B1258C"/>
     <w:rsid w:val="00B17062"/>
     <w:rsid w:val="00B226C2"/>
     <w:rsid w:val="00B24C7E"/>
     <w:rsid w:val="00B250CA"/>
     <w:rsid w:val="00B40326"/>
     <w:rsid w:val="00B414A4"/>
     <w:rsid w:val="00B432C3"/>
     <w:rsid w:val="00B43B32"/>
     <w:rsid w:val="00B57854"/>
     <w:rsid w:val="00B75C6E"/>
     <w:rsid w:val="00B96198"/>
     <w:rsid w:val="00BA2A0E"/>
     <w:rsid w:val="00BA6FD4"/>
     <w:rsid w:val="00BC099D"/>
     <w:rsid w:val="00BC1D6A"/>
     <w:rsid w:val="00BC59A5"/>
     <w:rsid w:val="00BD6115"/>
     <w:rsid w:val="00BE0A5F"/>
     <w:rsid w:val="00BE2084"/>
+    <w:rsid w:val="00BE2FC8"/>
     <w:rsid w:val="00BF4241"/>
     <w:rsid w:val="00BF486C"/>
     <w:rsid w:val="00BF688A"/>
     <w:rsid w:val="00C24336"/>
     <w:rsid w:val="00C27201"/>
     <w:rsid w:val="00C32503"/>
     <w:rsid w:val="00C513BF"/>
     <w:rsid w:val="00C6565B"/>
     <w:rsid w:val="00C83C10"/>
     <w:rsid w:val="00C900FE"/>
     <w:rsid w:val="00C95B4B"/>
     <w:rsid w:val="00CA0CDA"/>
     <w:rsid w:val="00CB12AD"/>
     <w:rsid w:val="00CB2132"/>
     <w:rsid w:val="00CC5E8F"/>
     <w:rsid w:val="00CD3C52"/>
     <w:rsid w:val="00CD52BC"/>
     <w:rsid w:val="00CE3F81"/>
     <w:rsid w:val="00CE4593"/>
     <w:rsid w:val="00CE4869"/>
     <w:rsid w:val="00CE5F5D"/>
     <w:rsid w:val="00CF5858"/>
     <w:rsid w:val="00D11EDE"/>
     <w:rsid w:val="00D21741"/>
     <w:rsid w:val="00D24659"/>
@@ -10323,75 +10370,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03280802-3636-40B6-88B5-2C65FB600931}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="67c75b9b-8fbd-4317-8093-322cbc3b022c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Template - Summary notes and actions</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>574</Words>
-  <Characters>3196</Characters>
+  <Words>599</Words>
+  <Characters>3320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>54</Paragraphs>
+  <Lines>158</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3745</CharactersWithSpaces>
+  <CharactersWithSpaces>3855</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C1EE7C064A6EFC40B30A4524AA4227E2</vt:lpwstr>
   </property>